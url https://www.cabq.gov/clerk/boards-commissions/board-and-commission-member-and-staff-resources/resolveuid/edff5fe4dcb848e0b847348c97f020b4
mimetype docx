--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7A28DF87" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00393E61" w:rsidRDefault="0058557D" w:rsidP="00B877A2">
+    <w:p w14:paraId="0D14284B" w14:textId="4AC066A4" w:rsidR="0058557D" w:rsidRPr="00393E61" w:rsidRDefault="0058557D" w:rsidP="00951077">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00393E61">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="390991C7" wp14:editId="3F2A504A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-85725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-438150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1143000" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="http://www.cabq.gov/seal/COA_logo_line_3_PC.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -79,199 +79,206 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00393E61">
         <w:t xml:space="preserve">City of </w:t>
       </w:r>
       <w:r w:rsidRPr="00B877A2">
         <w:t>Albuquerque</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Department"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00951077">
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00393E61">
         <w:t xml:space="preserve">Office of </w:t>
       </w:r>
       <w:r w:rsidRPr="00B877A2">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00393E61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00714DD2" w:rsidRPr="00714DD2">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595A8E9A" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00393E61" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+    <w:p w14:paraId="6BAE0D1B" w14:textId="77777777" w:rsidR="00107C38" w:rsidRDefault="00107C38" w:rsidP="00107C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC11E5C" w14:textId="56112B11" w:rsidR="00977FB3" w:rsidRPr="00107C38" w:rsidRDefault="0058557D" w:rsidP="00107C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Timothy M. Keller, Mayor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107C38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Department Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C89A6D" w14:textId="6CFE2506" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="00B877A2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00714DD2">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="008E211C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC24625" w14:textId="0074AB6C" w:rsidR="00590655" w:rsidRPr="00987D1C" w:rsidRDefault="0058557D" w:rsidP="00590655">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00987D1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ZOOM: </w:t>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="008E211C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>oom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00987D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00987D1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>[Insert link or room location]</w:t>
       </w:r>
       <w:r w:rsidR="00590655" w:rsidRPr="00987D1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> +12532158782,,87941805305# US (Tacoma)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D90B7B" w14:textId="4109AF8A" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="00590655" w:rsidP="00590655">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -422,431 +429,372 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Member Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="713D2111" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512A72F9" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00B877A2" w:rsidRDefault="0058557D" w:rsidP="00B877A2">
+    <w:p w14:paraId="512A72F9" w14:textId="2BF74355" w:rsidR="0058557D" w:rsidRPr="00B877A2" w:rsidRDefault="0058557D" w:rsidP="00B877A2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B877A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AGENDA</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00951077">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>genda</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6489A694" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Weekday</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, Month XX, 20XX </w:t>
+        <w:t xml:space="preserve">Weekday, Month XX, 20XX </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FC859BB" w14:textId="4552FC0B" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>TIME</w:t>
       </w:r>
       <w:r w:rsidR="00714DD2" w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (9:00 A.M.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142705DF" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+    <w:p w14:paraId="3818F28F" w14:textId="155377AA" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Call to order.</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-    <w:p w14:paraId="301E3AC8" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C1D48A" w14:textId="3E2260AB" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Review and approval of agenda for Weekday, Month XX, 20XX. </w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-    <w:p w14:paraId="3103695B" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AED9CE0" w14:textId="47E34488" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Review and approval of minutes from Weekday, Month XX, 20XX.</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-    <w:p w14:paraId="38A82EE4" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271BC1DD" w14:textId="74C8E906" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1454"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Public Comment (optional)</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    <w:p w14:paraId="6EE8F760" w14:textId="0B085444" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D64FBDD" w14:textId="5AA0804B" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1454"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Agenda Item</w:t>
       </w:r>
       <w:r w:rsidR="00B877A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    <w:p w14:paraId="061F42A0" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784BB8D5" w14:textId="5A66937D" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1454"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Old Business</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    <w:p w14:paraId="0BFEB2E0" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4520F9A4" w14:textId="2C34FEE0" w:rsidR="0058557D" w:rsidRPr="00D5514B" w:rsidRDefault="0058557D" w:rsidP="00D5514B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1454"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>New Business</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00D5514B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D15E03F" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
@@ -886,78 +834,85 @@
             <w:color w:val="467886" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cabq.gov/artsculture/govtv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00714DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430A29CF" w14:textId="77777777" w:rsidR="0058557D" w:rsidRPr="00714DD2" w:rsidRDefault="0058557D" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A55D1B3" w14:textId="42542A00" w:rsidR="00714DD2" w:rsidRPr="00714DD2" w:rsidRDefault="00326DAE" w:rsidP="0058557D">
+    <w:p w14:paraId="1A55D1B3" w14:textId="52418DB3" w:rsidR="00714DD2" w:rsidRPr="00714DD2" w:rsidRDefault="00326DAE" w:rsidP="0058557D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>If you are an individual with a disability who is in need of a reader, amplifier, qualified sign language interpreter, or any other form of auxiliary aid or service to attend or participate in the hearing or meeting, please contact the Office o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DEPARTMENT</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="008E211C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>505-555-5555</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008468B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
@@ -974,137 +929,146 @@
       </w:hyperlink>
       <w:r w:rsidR="008468B9" w:rsidRPr="008468B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>at least</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> one (1) week prior to the meeting or as soon as possible. Public documents, including the agenda and minutes, can be provided in various accessible formats. Please contact The Office of </w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DEPARTMENT</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="004A28D0">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="008E211C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:t>epartment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>505-555-5555</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> if a summary or other type of accessible format is needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F2EA33" w14:textId="391108EE" w:rsidR="00714DD2" w:rsidRPr="00714DD2" w:rsidRDefault="00714DD2" w:rsidP="00714DD2">
+    <w:p w14:paraId="06F2EA33" w14:textId="59EFFB3F" w:rsidR="00714DD2" w:rsidRPr="00714DD2" w:rsidRDefault="00951077" w:rsidP="00714DD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00714DD2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">POSTED AT CITY HALL AND </w:t>
-[...6 lines deleted...]
-        <w:t>ONLINE</w:t>
+        <w:t>Posted at City Hall and Online</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00714DD2" w:rsidRPr="00714DD2">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A0A2278"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B587E20"/>
     <w:lvl w:ilvl="0" w:tplc="1BFAA6E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A938698E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -1179,131 +1143,135 @@
     <w:lvl w:ilvl="7" w:tplc="4686F162">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6811" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CDE088A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7667" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="743069099">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0058557D"/>
     <w:rsid w:val="000959FC"/>
+    <w:rsid w:val="00107C38"/>
     <w:rsid w:val="002D29CD"/>
     <w:rsid w:val="00326DAE"/>
     <w:rsid w:val="003D7ECB"/>
+    <w:rsid w:val="00423E5C"/>
     <w:rsid w:val="004319C9"/>
     <w:rsid w:val="00481804"/>
     <w:rsid w:val="004C0FAA"/>
     <w:rsid w:val="004F0A0E"/>
     <w:rsid w:val="0051041B"/>
     <w:rsid w:val="0058557D"/>
     <w:rsid w:val="00590655"/>
     <w:rsid w:val="006744B3"/>
     <w:rsid w:val="00711334"/>
     <w:rsid w:val="00714DD2"/>
     <w:rsid w:val="00820281"/>
     <w:rsid w:val="008468B9"/>
+    <w:rsid w:val="008E211C"/>
+    <w:rsid w:val="00951077"/>
     <w:rsid w:val="00966B7D"/>
     <w:rsid w:val="00977FB3"/>
     <w:rsid w:val="00987D1C"/>
     <w:rsid w:val="009A71F7"/>
     <w:rsid w:val="00A172F0"/>
     <w:rsid w:val="00A6528C"/>
     <w:rsid w:val="00B00033"/>
     <w:rsid w:val="00B877A2"/>
     <w:rsid w:val="00CA7B85"/>
     <w:rsid w:val="00D20095"/>
+    <w:rsid w:val="00D5514B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="07611299"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F86E9B81-7605-49A8-9A55-FFA1A0D048FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2202,51 +2170,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008468B9"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008468B9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@cabq.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabq.gov/artsculture/govtv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://www.cabq.gov/seal/COA_logo_line_3_PC.gif" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -2512,60 +2480,60 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>232</Words>
-  <Characters>1306</Characters>
+  <Words>229</Words>
+  <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1535</CharactersWithSpaces>
+  <CharactersWithSpaces>1537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rocha, Cristobal</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>33df1824-3112-4301-a63b-324852c331c5</vt:lpwstr>
   </property>