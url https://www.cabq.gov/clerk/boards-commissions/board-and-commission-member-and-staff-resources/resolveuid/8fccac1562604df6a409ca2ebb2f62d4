--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -10,51 +10,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="615A06E5" w14:textId="0CF8C650" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="00280F3B" w:rsidP="00D74EF7">
+    <w:p w14:paraId="615A06E5" w14:textId="4674682C" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="00280F3B" w:rsidP="00D74EF7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006824E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518B8F6F" wp14:editId="5C884EE0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-85725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -98,58 +98,77 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="006824E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>City of Albuquerque</w:t>
       </w:r>
-      <w:r w:rsidR="00D74EF7">
+      <w:r w:rsidR="00F65D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        Office of the Department</w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EF7" w:rsidRPr="00F65D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Department</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Department"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="55C767A4" w14:textId="77777777" w:rsidR="001A6A7F" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="001A6A7F"/>
     <w:p w14:paraId="5DDFE05C" w14:textId="113A5DC0" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="001A6A7F" w:rsidP="00D74EF7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Timothy M. Keller, Mayor</w:t>
       </w:r>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
@@ -160,112 +179,112 @@
       </w:r>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Department</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00666CF3" w:rsidRPr="00D74EF7">
+        <w:t>Department Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AF04D5" w14:textId="77777777" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="001A6A7F" w:rsidP="00D74EF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:highlight w:val="yellow"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0559504D" w14:textId="41BF237D" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="00666CF3" w:rsidP="00D74EF7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0559504D" w14:textId="55E93EEE" w:rsidR="001A6A7F" w:rsidRPr="00D74EF7" w:rsidRDefault="00666CF3" w:rsidP="00D74EF7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74EF7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6A4342" w14:textId="0FE74777" w:rsidR="001B6341" w:rsidRDefault="00666CF3" w:rsidP="001B6341">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Weekday</w:t>
       </w:r>
       <w:r w:rsidR="001A6A7F" w:rsidRPr="003F639B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
@@ -624,104 +643,113 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67B9AE7E" w14:textId="77777777" w:rsidR="00FB6570" w:rsidRPr="00EF504A" w:rsidRDefault="00FB6570" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Call to order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E927CE" w14:textId="24777347" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
+    <w:p w14:paraId="16E927CE" w14:textId="171D7478" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Board, Committee or Council Name</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">Meeting of </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t>Month</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">, was called to order by Chair </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t xml:space="preserve"> TIME</w:t>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>ime</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A8C76E" w14:textId="11827B25" w:rsidR="00FB6570" w:rsidRPr="00EF504A" w:rsidRDefault="00FB6570" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Review and approval of agenda for</w:t>
@@ -741,79 +769,97 @@
       <w:r w:rsidR="00666CF3" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Month XX</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608DB989" w14:textId="7E70E291" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
+    <w:p w14:paraId="608DB989" w14:textId="02F65B30" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t>Chair</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t xml:space="preserve"> [LAST NAME] </w:t>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">then asked for a motion to approve the agenda. Member </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> moved to approve the agenda. Member </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> seconded. Motion approved </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
         <w:t>6-0</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38139FE7" w14:textId="0E4BE7F7" w:rsidR="00FB6570" w:rsidRPr="00EF504A" w:rsidRDefault="001B6341" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -827,94 +873,112 @@
       <w:r w:rsidR="00666CF3" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Month XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E643CD" w14:textId="03938873" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
+    <w:p w14:paraId="27E643CD" w14:textId="0E474179" w:rsidR="00FB6570" w:rsidRPr="003F639B" w:rsidRDefault="001A6A7F" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">Chair </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> asked for </w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve">a motion to approve the minutes from </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t>Month XX</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve">. Member </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> moved to approve the minutes. Member </w:t>
       </w:r>
       <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00666CF3" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> seconded. Motion approved </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="001B6341" w:rsidRPr="003F639B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550B07D8" w14:textId="6488F806" w:rsidR="00666CF3" w:rsidRPr="003F639B" w:rsidRDefault="00666CF3" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1008,77 +1072,91 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Agenda Item #2</w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798570C6" w14:textId="61CF9028" w:rsidR="006E2019" w:rsidRPr="00B77668" w:rsidRDefault="006E2019" w:rsidP="00B77668">
+    <w:p w14:paraId="798570C6" w14:textId="71A3F811" w:rsidR="006E2019" w:rsidRPr="00B77668" w:rsidRDefault="006E2019" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
-        <w:t xml:space="preserve">This section captures the key points and discussions related to the adoption of new </w:t>
+        <w:t xml:space="preserve">This section captures the key points and discussions related to the adoption of new guidelines. The discussion included a thorough review and feedback session with team </w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">guidelines. The discussion included a thorough review and feedback session with team members. Key points raised involved the </w:t>
+        <w:t xml:space="preserve">members. Key points raised involved the </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
         <w:t>possibility</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> of the new guidelines and potential impacts on current operations. After addressing questions and concerns, the board proceeded to vote on the adoption of the guidelines. </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
-        <w:t xml:space="preserve">Member [LAST NAME] moved to adopt the resolution. Member [LAST NAME] seconded. Motion approved 4-0 with two abstentions. </w:t>
+        <w:t>Member [</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk223939259"/>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
+        <w:t>] moved to adopt the resolution. Member [</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
+        <w:t xml:space="preserve">] seconded. Motion approved 4-0 with two abstentions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4787955C" w14:textId="7585D8B3" w:rsidR="00621F19" w:rsidRPr="00EF504A" w:rsidRDefault="006E2019" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Agenda Item #3</w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="00EF504A">
         <w:rPr>
@@ -1087,79 +1165,91 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E0BF33" w14:textId="0137C8C4" w:rsidR="00605F9B" w:rsidRPr="003F639B" w:rsidRDefault="006E2019" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">This section </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
         <w:t>captures</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> the discussion on adopting a resolution. The board engaged in a comprehensive dialogue concerning the resolution's purpose and potential implications. Various perspectives were shared regarding the necessity and feasibility of the proposed resolution. After deliberation, the board moved to vote on its adoption. The vote count resulted in unanimous approval for the resolution. Action items include [Designated Member] finalizing the resolution text and distributing it to all stakeholders by [Deadline]. Follow-up discussions are scheduled to monitor the resolution's implementation progress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DC2345" w14:textId="63FCD9BE" w:rsidR="00DC1661" w:rsidRPr="003F639B" w:rsidRDefault="00605F9B" w:rsidP="00B77668">
+    <w:p w14:paraId="20DC2345" w14:textId="124CB54A" w:rsidR="00DC1661" w:rsidRPr="003F639B" w:rsidRDefault="00605F9B" w:rsidP="00B77668">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="006E2019" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2019" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> moved to </w:t>
       </w:r>
       <w:r w:rsidR="006E2019" w:rsidRPr="003F639B">
         <w:t>adopt the resolution</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">. Member </w:t>
       </w:r>
       <w:r w:rsidR="006E2019" w:rsidRPr="003F639B">
-        <w:t xml:space="preserve">[LAST NAME] </w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65D69">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2019" w:rsidRPr="003F639B">
+        <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">seconded. Motion approved 4-0 with two abstentions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7993BDE1" w14:textId="77777777" w:rsidR="000200AC" w:rsidRPr="003F639B" w:rsidRDefault="000200AC" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Old Business.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B02D376" w14:textId="5E09D6A1" w:rsidR="000200AC" w:rsidRPr="003F639B" w:rsidRDefault="000200AC" w:rsidP="00B77668">
@@ -1212,166 +1302,179 @@
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t>This section introduces fresh topics or initiatives for discussion that have not been addressed in previous meetings. New business items may include emerging issues, proposed projects, or updates on recent developments relevant to the organization or team. It provides an opportunity for participants to bring forward new ideas, concerns, or opportunities for consideration and action. The purpose is to ensure that the meeting agenda remains dynamic and responsive to evolving priorities and challenges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674DF75E" w14:textId="32C256CE" w:rsidR="000200AC" w:rsidRPr="003F639B" w:rsidRDefault="000200AC" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00EF504A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Adjournment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AFD4DE" w14:textId="7481D377" w:rsidR="000D0B6F" w:rsidRPr="003F639B" w:rsidRDefault="000D0B6F" w:rsidP="00EF504A">
+    <w:p w14:paraId="51AFD4DE" w14:textId="0184855E" w:rsidR="000D0B6F" w:rsidRPr="003F639B" w:rsidRDefault="000D0B6F" w:rsidP="00EF504A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve">There being no further business before the Board, Chair </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61EE9">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> asked for a motion to adjourn. Member </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61EE9">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> moved to adjourn. Member </w:t>
       </w:r>
       <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
-        <w:t>[LAST NAME]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61EE9">
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="000200AC" w:rsidRPr="003F639B">
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F639B">
         <w:t xml:space="preserve"> seconded. Motion approved 6-0. Meeting adjourned at 1:46pm. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618636DE" w14:textId="77777777" w:rsidR="00621F19" w:rsidRPr="003F639B" w:rsidRDefault="00621F19" w:rsidP="00EF504A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74F3C3E7" w14:textId="77777777" w:rsidR="00621F19" w:rsidRPr="003F639B" w:rsidRDefault="00621F19" w:rsidP="00621F19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="822"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46AF6C47" w14:textId="77777777" w:rsidR="00D968C3" w:rsidRPr="003F639B" w:rsidRDefault="00D968C3"/>
     <w:p w14:paraId="74E08925" w14:textId="77777777" w:rsidR="00D8030B" w:rsidRDefault="00D8030B" w:rsidP="00D8030B">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:sectPr w:rsidR="00D8030B" w:rsidSect="001D394A">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D9C745" w14:textId="44D36C29" w:rsidR="00D968C3" w:rsidRPr="003F639B" w:rsidRDefault="00133242" w:rsidP="00760B29">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Approved:_</w:t>
-[...3 lines deleted...]
-        <w:t>_______________________</w:t>
+        <w:t>Approved:________________________</w:t>
       </w:r>
       <w:r w:rsidR="00760B29">
         <w:br w:type="column"/>
       </w:r>
       <w:r w:rsidR="00D968C3" w:rsidRPr="003F639B">
         <w:t>Date:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D968C3" w:rsidRPr="003F639B">
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D968C3" w:rsidRPr="003F639B" w:rsidSect="00133242">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12F064A7" w14:textId="77777777" w:rsidR="00F76D8B" w:rsidRDefault="00F76D8B" w:rsidP="002C5804">
+    <w:p w14:paraId="6608F0B9" w14:textId="77777777" w:rsidR="00BF1149" w:rsidRDefault="00BF1149" w:rsidP="002C5804">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="079EDFFA" w14:textId="77777777" w:rsidR="00F76D8B" w:rsidRDefault="00F76D8B" w:rsidP="002C5804">
+    <w:p w14:paraId="4941F055" w14:textId="77777777" w:rsidR="00BF1149" w:rsidRDefault="00BF1149" w:rsidP="002C5804">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1423,58 +1526,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4AE6E44C" w14:textId="77777777" w:rsidR="002C5804" w:rsidRDefault="002C5804">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="001BCCDC" w14:textId="77777777" w:rsidR="002C5804" w:rsidRDefault="002C5804">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AD3BED2" w14:textId="77777777" w:rsidR="00F76D8B" w:rsidRDefault="00F76D8B" w:rsidP="002C5804">
+    <w:p w14:paraId="3E0EAB1F" w14:textId="77777777" w:rsidR="00BF1149" w:rsidRDefault="00BF1149" w:rsidP="002C5804">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F03F387" w14:textId="77777777" w:rsidR="00F76D8B" w:rsidRDefault="00F76D8B" w:rsidP="002C5804">
+    <w:p w14:paraId="2DBB2997" w14:textId="77777777" w:rsidR="00BF1149" w:rsidRDefault="00BF1149" w:rsidP="002C5804">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="137648BE" w14:textId="77777777" w:rsidR="002C5804" w:rsidRDefault="002C5804">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6C6398FA" w14:textId="77777777" w:rsidR="002C5804" w:rsidRDefault="002C5804">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -2431,139 +2534,142 @@
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB6570"/>
     <w:rsid w:val="000200AC"/>
     <w:rsid w:val="000D0B6F"/>
     <w:rsid w:val="00133242"/>
     <w:rsid w:val="0017286D"/>
     <w:rsid w:val="00180DEF"/>
     <w:rsid w:val="001A6A7F"/>
     <w:rsid w:val="001B6341"/>
     <w:rsid w:val="001D394A"/>
     <w:rsid w:val="001D774F"/>
     <w:rsid w:val="0025259F"/>
     <w:rsid w:val="00280F3B"/>
     <w:rsid w:val="002C5804"/>
     <w:rsid w:val="003056EA"/>
     <w:rsid w:val="00315D54"/>
     <w:rsid w:val="003A1422"/>
     <w:rsid w:val="003A4734"/>
     <w:rsid w:val="003E2DF3"/>
     <w:rsid w:val="003F639B"/>
     <w:rsid w:val="00487C75"/>
+    <w:rsid w:val="004C6AC1"/>
     <w:rsid w:val="005E6A5F"/>
     <w:rsid w:val="00605F9B"/>
     <w:rsid w:val="00621F19"/>
     <w:rsid w:val="00660F30"/>
     <w:rsid w:val="00666CF3"/>
     <w:rsid w:val="006824E7"/>
     <w:rsid w:val="006E2019"/>
     <w:rsid w:val="00760B29"/>
     <w:rsid w:val="007A2435"/>
     <w:rsid w:val="007F4336"/>
     <w:rsid w:val="008524A8"/>
     <w:rsid w:val="0087733D"/>
     <w:rsid w:val="0092535D"/>
     <w:rsid w:val="00AC1C93"/>
     <w:rsid w:val="00AC3192"/>
     <w:rsid w:val="00AD092A"/>
     <w:rsid w:val="00B77668"/>
+    <w:rsid w:val="00BF1149"/>
     <w:rsid w:val="00C31A3A"/>
+    <w:rsid w:val="00C61EE9"/>
     <w:rsid w:val="00CA645E"/>
     <w:rsid w:val="00D74EF7"/>
     <w:rsid w:val="00D8030B"/>
     <w:rsid w:val="00D968C3"/>
     <w:rsid w:val="00DC1661"/>
     <w:rsid w:val="00EF504A"/>
+    <w:rsid w:val="00F65D69"/>
     <w:rsid w:val="00F76D8B"/>
     <w:rsid w:val="00F92438"/>
     <w:rsid w:val="00FB6570"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="28E76451"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{898120F1-B4CB-4174-B51B-9EC17814539C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -3553,75 +3659,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>654</Words>
-  <Characters>3682</Characters>
+  <Words>687</Words>
+  <Characters>3626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4290</CharactersWithSpaces>
+  <CharactersWithSpaces>4225</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Diemer, Miriam J.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>a3978d4380d089d25e7c601661d5d9e838d91281c79ec2046c6f2b9e0e9ae958</vt:lpwstr>