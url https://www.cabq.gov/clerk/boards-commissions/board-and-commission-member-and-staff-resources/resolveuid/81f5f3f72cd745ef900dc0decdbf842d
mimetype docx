--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -174,299 +174,414 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>505-555-5555</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D03F573" w14:textId="77777777" w:rsidR="004A28D0" w:rsidRPr="004A28D0" w:rsidRDefault="004A28D0" w:rsidP="004A28D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F79124D" w14:textId="3A8FFF4D" w:rsidR="00831601" w:rsidRPr="0050015B" w:rsidRDefault="00D007D9" w:rsidP="00950B84">
+    <w:p w14:paraId="4F79124D" w14:textId="19ADC6E9" w:rsidR="00831601" w:rsidRPr="0050015B" w:rsidRDefault="00D007D9" w:rsidP="00950B84">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0050015B">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                  </w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:t>Resolution No</w:t>
       </w:r>
       <w:r w:rsidR="00831601" w:rsidRPr="0050015B">
-        <w:t>RESOLUTION</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                    </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00831601" w:rsidRPr="0050015B">
         <w:t>1-20</w:t>
       </w:r>
       <w:r w:rsidRPr="0050015B">
         <w:t>XX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BFFA3F" w14:textId="4E2B1259" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="0086699E">
+    <w:p w14:paraId="72BFFA3F" w14:textId="0A1523C5" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="0086699E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">A RESOLUTION ADOPTING ANNUAL </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A94824">
+        <w:t>A R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>SCHEDULE OF MEETINGS</w:t>
+        <w:t>esolution Adopting Annual Schedule of Meetings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F040C4" w14:textId="77777777" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20F17F0A" w14:textId="5D02163B" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+    <w:p w14:paraId="20F17F0A" w14:textId="5ABF9C0C" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, </w:t>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="0086699E">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>WHEREAS</w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>hereas</w:t>
+      </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>WHEREAS</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="715F411C" w14:textId="1EEAA4E4" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9" w:rsidRPr="00D007D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Board, Committee or Council Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hereby adopts the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annual schedule of meetings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA36252" w14:textId="654885E4" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00B11F9F" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>WHEREAS</w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="0086699E">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>NOW, THEREFORE, BE IT RESOLVED</w:t>
+        <w:t>hereas</w:t>
+      </w:r>
+      <w:r w:rsidR="00831601" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Section 10-15-1(B) of the Open Meetings Act (NMSA 1978, Sections 10-15-1 to -4) states that, except as may be otherwise provided in the Constitution or the provisions of the Open Meetings Act, all meetings of a quorum of members of any board, council, commission, administrative adjudicatory body or other policymaking body of any state or local public agency held for the purpose of formulating public policy, discussing public business or for the purpose of taking any action within the authority of or the delegated authority of such body, are declared to be public meetings open to the public at all times; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FFCCC3" w14:textId="41F1476A" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00B11F9F" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>hereas</w:t>
+      </w:r>
+      <w:r w:rsidR="00831601" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, any meetings subject to the Open Meetings Act at which the discussion or adoption of any proposed resolution, rule, regulation or formal action occurs shall be held only after reasonable notice to the public; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715F411C" w14:textId="16A211C9" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00B11F9F" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>hereas</w:t>
+      </w:r>
+      <w:r w:rsidR="00831601" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Section 10-15-1(D) of the Open Meetings Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00941A7D" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 6-1 (B)(2) of the City’s Ordinance </w:t>
+      </w:r>
+      <w:r w:rsidR="00831601" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">require the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32C52" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">City </w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9" w:rsidRPr="00D007D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Board, Committee or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9" w:rsidRPr="005001DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r w:rsidR="005001DB" w:rsidRPr="005001DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00D007D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00831601" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to determine annually what constitutes reasonable notice of its public meetings; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E51BB24" w14:textId="7CE78A29" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>ow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>herefore</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>esolved</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the </w:t>
       </w:r>
       <w:r w:rsidR="00D007D9" w:rsidRPr="00D007D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Board, Committee or Council </w:t>
       </w:r>
       <w:r w:rsidR="00C10D2C" w:rsidRPr="00D007D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(“The Board”)</w:t>
       </w:r>
       <w:r w:rsidR="00C10D2C" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -915,108 +1030,115 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="008A2BB9" w:rsidRPr="004D0493" w:rsidSect="008A2BB9">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DBCE0C" w14:textId="77777777" w:rsidR="00A137F3" w:rsidRPr="0086699E" w:rsidRDefault="00A137F3" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B7C7E85" w14:textId="7CB05457" w:rsidR="00C61387" w:rsidRPr="0086699E" w:rsidRDefault="00C61387" w:rsidP="00831601">
+    <w:p w14:paraId="7B7C7E85" w14:textId="671A6C01" w:rsidR="00C61387" w:rsidRPr="0086699E" w:rsidRDefault="00C61387" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The meetings shall be at </w:t>
       </w:r>
       <w:r w:rsidR="00D007D9" w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>TIME</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ime</w:t>
       </w:r>
       <w:r w:rsidR="00D007D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>unless otherwise noted.  The purpose of these meetings shall be considering and acting on proceedings before the Board as well as its practice of informational and informal discussions of items of public issues and Board Business.   It is the intent of the Boar</w:t>
       </w:r>
       <w:r w:rsidR="005A6616" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to continue to provide itself with flexibility in taking action on </w:t>
       </w:r>
       <w:r w:rsidR="00D007D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>time-sensitive matters,</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and any matter may appear on the agenda of each form of meeting in the event administrative and time considerations may dictate.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720E9E30" w14:textId="7CB46EBB" w:rsidR="00714F1B" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+    <w:p w14:paraId="720E9E30" w14:textId="3B395A8E" w:rsidR="00714F1B" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The agenda will be available at least seventy-two hours prior to the meeting from </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the Office of the City </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Clerk</w:t>
       </w:r>
       <w:r w:rsidR="00A00891">
         <w:rPr>
@@ -1049,376 +1171,418 @@
         <w:t>Albuquerque City Hall</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and on the</w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> City Clerk</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">’s website at </w:t>
       </w:r>
       <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>[INSERT BOARD, COMMITTEE OR COUNCIL CITY WEBSITE].</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35D78A9A" w14:textId="5424A7AA" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+        <w:t>[I</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>nsert Board, Committee or Council City Website</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D78A9A" w14:textId="5E89C5EE" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Notice of regular meetings other than those described in Paragraph 2 will be given ten days in advance of the meeting date. The notice will include a copy of the agenda or information on how a copy of the agenda may be obtained. If not included in the notice, the agenda will be available at least seventy-two hours before the meeting and posted on the </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>City Clerk</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>’s website at</w:t>
       </w:r>
       <w:r w:rsidR="00A00891">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004164E0" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>nsert Board, Committee or Council City Website</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28ED16D4" w14:textId="1F8787A0" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Special meetings may be called by the Chair or a majority of the members upon three days notice. The notice for a special meeting shall include an agenda for the meeting or information on how a copy of the agenda may be obtained a copy of the agenda. The agenda will be available at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>seventy-two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours before the meeting and posted on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>City Clerk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>’s website at</w:t>
+      </w:r>
+      <w:r w:rsidR="00391CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>nsert Board, Committee or Council City Website</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A919789" w14:textId="58F5966F" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Emergency meetings will be called only under unforeseen circumstances that demand immediate action to protect the health, safety and property of citizens or to protect the public body from substantial financial loss. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="00A00891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Board</w:t>
+      </w:r>
       <w:r w:rsidR="00A00891" w:rsidRPr="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0086699E">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, Committee or Counci</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>l Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">. The notice for a special meeting shall include an agenda for the meeting or information on how a copy of the agenda may be obtained a copy of the agenda. The agenda will be available at least </w:t>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will avoid emergency meetings whenever possible. Emergency meetings may be called by the Chair or a majority of the members with twenty-four hours prior notice, unless threat of personal injury or property damage requires less notice. The notice for all emergency meetings shall include an agenda for the meeting or information on how the public may obtain a copy of the agenda. Within ten days of taking action on an emergency matter, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="00A00891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00891" w:rsidRPr="00A00891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will notify the Attorney General’s Office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6F386A" w14:textId="0FA67B11" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. For the purposes of regular meetings described in Paragraph 3 of this resolution, notice requirements are met if notice of the date, time, place and agenda is placed in newspapers of general circulation in the state and posted in the following locations: </w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The City </w:t>
+      </w:r>
+      <w:r w:rsidR="00391CB8" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment’s Office</w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and City Hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Copies of the written notice shall also be mailed to those broadcast stations licensed by the Federal Communications Commission and newspapers of general circulation that have made a written request for notice of public meetings. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD40595" w14:textId="59C84A69" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. For the purposes of special meetings and emergency meetings described in Paragraphs 4 and 5, notice requirements are met if notice of the date, time, place and agenda is provided by </w:t>
+      </w:r>
+      <w:r w:rsidR="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>online and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posted in the offices of </w:t>
+      </w:r>
+      <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The City</w:t>
       </w:r>
       <w:r w:rsidR="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>seventy-two</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> hours before the meeting and posted on the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0" w:rsidRPr="004A28D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment’s Office</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0" w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>City Clerk</w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">6. For the purposes of regular meetings described in Paragraph 3 of this resolution, notice requirements are met if notice of the date, time, place and agenda is placed in newspapers of general circulation in the state and posted in the following locations: </w:t>
+        <w:t>and City Hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE7257C" w14:textId="7ECCD811" w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidRDefault="00831601" w:rsidP="00831601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. In addition to the information specified above, all notices shall include the following language: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk170207052"/>
+      <w:r w:rsidRPr="0086699E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are an individual with a disability who is in need of a reader, amplifier, qualified sign language interpreter, or any other form of auxiliary aid or service to attend or participate in the hearing or meeting, please contact </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">The City </w:t>
-[...113 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0071799F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Office o</w:t>
       </w:r>
       <w:r w:rsidR="00A00891" w:rsidRPr="0071799F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>f DEPARTMENT</w:t>
+        <w:t>f D</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>505-</w:t>
       </w:r>
       <w:r w:rsidR="00A00891" w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>555-5555</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -1427,51 +1591,58 @@
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">accessible formats. Please contact </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0071799F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Office of </w:t>
       </w:r>
       <w:r w:rsidR="00A00891" w:rsidRPr="0071799F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DEPARTMENT</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004164E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment</w:t>
       </w:r>
       <w:r w:rsidR="00A00891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00714F1B" w:rsidRPr="004A28D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>505-</w:t>
@@ -1733,61 +1904,61 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, Committee or Council Name</w:t>
       </w:r>
       <w:r w:rsidRPr="0086699E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> this ___ day of _________, 20__.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00831601" w:rsidRPr="0086699E" w:rsidSect="008A2BB9">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73548B92" w14:textId="77777777" w:rsidR="003E6FD5" w:rsidRDefault="003E6FD5" w:rsidP="00714F1B">
+    <w:p w14:paraId="437697AD" w14:textId="77777777" w:rsidR="008E20ED" w:rsidRDefault="008E20ED" w:rsidP="00714F1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4DDD1E" w14:textId="77777777" w:rsidR="003E6FD5" w:rsidRDefault="003E6FD5" w:rsidP="00714F1B">
+    <w:p w14:paraId="667842C8" w14:textId="77777777" w:rsidR="008E20ED" w:rsidRDefault="008E20ED" w:rsidP="00714F1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1990,61 +2161,61 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="42C145DF" w14:textId="77777777" w:rsidR="00127A18" w:rsidRPr="00127A18" w:rsidRDefault="00127A18">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D847983" w14:textId="77777777" w:rsidR="003E6FD5" w:rsidRDefault="003E6FD5" w:rsidP="00714F1B">
+    <w:p w14:paraId="5922BEA2" w14:textId="77777777" w:rsidR="008E20ED" w:rsidRDefault="008E20ED" w:rsidP="00714F1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04FAB1E2" w14:textId="77777777" w:rsidR="003E6FD5" w:rsidRDefault="003E6FD5" w:rsidP="00714F1B">
+    <w:p w14:paraId="5E336E82" w14:textId="77777777" w:rsidR="008E20ED" w:rsidRDefault="008E20ED" w:rsidP="00714F1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16963B11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5742F0DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2136,104 +2307,107 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00831601"/>
     <w:rsid w:val="000B3981"/>
     <w:rsid w:val="000C4B29"/>
     <w:rsid w:val="0011090E"/>
     <w:rsid w:val="00127A18"/>
+    <w:rsid w:val="00307254"/>
     <w:rsid w:val="00381249"/>
     <w:rsid w:val="00387E85"/>
     <w:rsid w:val="00391CB8"/>
     <w:rsid w:val="003A4734"/>
     <w:rsid w:val="003E6FD5"/>
+    <w:rsid w:val="004164E0"/>
     <w:rsid w:val="004A28D0"/>
     <w:rsid w:val="004D0493"/>
     <w:rsid w:val="0050015B"/>
     <w:rsid w:val="005001DB"/>
     <w:rsid w:val="00540871"/>
     <w:rsid w:val="00542C24"/>
     <w:rsid w:val="0055287F"/>
     <w:rsid w:val="005A6616"/>
     <w:rsid w:val="005F3989"/>
     <w:rsid w:val="006744B3"/>
     <w:rsid w:val="00714F1B"/>
     <w:rsid w:val="0071799F"/>
     <w:rsid w:val="00822C63"/>
     <w:rsid w:val="00831601"/>
     <w:rsid w:val="0086699E"/>
     <w:rsid w:val="008A2BB9"/>
     <w:rsid w:val="008A4A3E"/>
+    <w:rsid w:val="008E20ED"/>
     <w:rsid w:val="00941A7D"/>
     <w:rsid w:val="00950B84"/>
     <w:rsid w:val="009A635F"/>
     <w:rsid w:val="009F4D54"/>
     <w:rsid w:val="00A00891"/>
     <w:rsid w:val="00A137F3"/>
     <w:rsid w:val="00A94824"/>
+    <w:rsid w:val="00B11F9F"/>
     <w:rsid w:val="00BB401B"/>
     <w:rsid w:val="00C10D2C"/>
     <w:rsid w:val="00C32C52"/>
     <w:rsid w:val="00C61387"/>
     <w:rsid w:val="00D007D9"/>
     <w:rsid w:val="00D11438"/>
     <w:rsid w:val="00E75F61"/>
     <w:rsid w:val="00F405F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -3156,75 +3330,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1436</Words>
-  <Characters>7241</Characters>
+  <Words>1265</Words>
+  <Characters>7214</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8634</CharactersWithSpaces>
+  <CharactersWithSpaces>8463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Diemer, Miriam J.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>17f88469093abef7cffdba6ba85f7e17f927e974c1ed89923d71bf4364cc3753</vt:lpwstr>
   </property>