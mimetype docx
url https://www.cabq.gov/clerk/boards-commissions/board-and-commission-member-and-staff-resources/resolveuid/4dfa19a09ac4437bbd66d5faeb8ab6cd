--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="17266825" w14:textId="33B2D41E" w:rsidR="00B011A7" w:rsidRPr="00CD2976" w:rsidRDefault="00B011A7" w:rsidP="00CD2976">
+    <w:p w14:paraId="17266825" w14:textId="71A7365E" w:rsidR="00B011A7" w:rsidRPr="00CD2976" w:rsidRDefault="00B011A7" w:rsidP="00CD2976">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD2976">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63EB806F" wp14:editId="76DDA2F4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-85725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -93,58 +93,67 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00CD2976">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>City of Albuquerque</w:t>
       </w:r>
-      <w:r w:rsidR="00531259">
+      <w:r w:rsidR="00792FDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        Office of the </w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00531259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office of the </w:t>
       </w:r>
       <w:r w:rsidR="00531259" w:rsidRPr="00AF467D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE503AB" w14:textId="77777777" w:rsidR="00B011A7" w:rsidRPr="000328B3" w:rsidRDefault="00B011A7" w:rsidP="00B011A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Department"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1BCAAA10" w14:textId="41C9C1EC" w:rsidR="00B011A7" w:rsidRPr="007C4C84" w:rsidRDefault="00B011A7" w:rsidP="007C4C84">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -192,379 +201,456 @@
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F24B08" w:rsidRPr="007C4C84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="000328B3" w:rsidRPr="007C4C84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department Director</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D322306" w14:textId="77777777" w:rsidR="005F01E7" w:rsidRDefault="005F01E7" w:rsidP="00B011A7"/>
     <w:p w14:paraId="33E72EA2" w14:textId="07D48844" w:rsidR="00050187" w:rsidRDefault="00050187" w:rsidP="00B011A7"/>
     <w:p w14:paraId="7F7C5B3C" w14:textId="77777777" w:rsidR="003B6262" w:rsidRDefault="003B6262" w:rsidP="00B011A7"/>
     <w:p w14:paraId="6FFC60B2" w14:textId="77777777" w:rsidR="00A107BE" w:rsidRPr="000328B3" w:rsidRDefault="00A107BE" w:rsidP="00B011A7"/>
-    <w:p w14:paraId="7ABA71EB" w14:textId="10B284B1" w:rsidR="000328B3" w:rsidRPr="00531259" w:rsidRDefault="000328B3" w:rsidP="00531259">
+    <w:p w14:paraId="7ABA71EB" w14:textId="214BC733" w:rsidR="000328B3" w:rsidRPr="00531259" w:rsidRDefault="000328B3" w:rsidP="00531259">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528E081D" w14:textId="169C06B8" w:rsidR="00A12260" w:rsidRPr="00531259" w:rsidRDefault="002D72D2" w:rsidP="00531259">
+    <w:p w14:paraId="528E081D" w14:textId="410CD626" w:rsidR="00A12260" w:rsidRPr="00531259" w:rsidRDefault="00792FDC" w:rsidP="00531259">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00531259">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>NOTICE OF MEETING</w:t>
+        <w:t>Notice of Meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDA16A1" w14:textId="77777777" w:rsidR="00D1764D" w:rsidRPr="000328B3" w:rsidRDefault="00D1764D" w:rsidP="002D72D2">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22A2ED04" w14:textId="09C3577F" w:rsidR="00D1764D" w:rsidRPr="000328B3" w:rsidRDefault="000328B3" w:rsidP="002D72D2">
+    <w:p w14:paraId="22A2ED04" w14:textId="6CD50332" w:rsidR="00D1764D" w:rsidRPr="000328B3" w:rsidRDefault="000328B3" w:rsidP="002D72D2">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>WEEKDAY, MONTH</w:t>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>eekday</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000328B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>onth</w:t>
       </w:r>
       <w:r w:rsidR="008F7D12" w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidR="00CF64D2" w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6B73B7" w14:textId="752ED16C" w:rsidR="00D1764D" w:rsidRPr="000328B3" w:rsidRDefault="000328B3" w:rsidP="002D72D2">
+    <w:p w14:paraId="5F6B73B7" w14:textId="003ED6F5" w:rsidR="00D1764D" w:rsidRPr="000328B3" w:rsidRDefault="000328B3" w:rsidP="002D72D2">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000328B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>TIME (9:00 A.M)</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ime</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000328B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (9:00 A.M)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38431556" w14:textId="77777777" w:rsidR="00B011A7" w:rsidRDefault="00B011A7" w:rsidP="00B011A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CB33782" w14:textId="60C51863" w:rsidR="00050187" w:rsidRDefault="00050187" w:rsidP="00B011A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04457718" w14:textId="77777777" w:rsidR="003B6262" w:rsidRDefault="003B6262" w:rsidP="00B011A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009666A1" w14:textId="77777777" w:rsidR="00B011A7" w:rsidRPr="000328B3" w:rsidRDefault="00B011A7" w:rsidP="00B011A7">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6987AA07" w14:textId="5F983E49" w:rsidR="000328B3" w:rsidRDefault="002D72D2" w:rsidP="000328B3">
+    <w:p w14:paraId="6987AA07" w14:textId="4B5A5740" w:rsidR="000328B3" w:rsidRDefault="002D72D2" w:rsidP="000328B3">
       <w:r w:rsidRPr="000328B3">
         <w:t xml:space="preserve">Notice is hereby given that </w:t>
       </w:r>
       <w:r w:rsidR="00050187">
         <w:t>all members of the</w:t>
       </w:r>
       <w:r w:rsidRPr="000328B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00050187" w:rsidRPr="00050187">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
       </w:r>
       <w:r w:rsidR="00050187">
         <w:t xml:space="preserve"> have been invited to attend </w:t>
       </w:r>
       <w:r w:rsidR="00050187" w:rsidRPr="00050187">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">EVENT, LOCATION, CTIY, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ZIP</w:t>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>vent, Location, City, NM, Zip</w:t>
       </w:r>
       <w:r w:rsidR="00050187">
         <w:t xml:space="preserve">. No public policy will be formulated by any members present and no action that the </w:t>
       </w:r>
-      <w:r w:rsidR="00050187" w:rsidRPr="00050187">
-[...3 lines deleted...]
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
+      <w:r w:rsidR="00792FDC" w:rsidRPr="00050187">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00050187">
-        <w:t xml:space="preserve"> has authority to take will be taken by any members present. The potential quorum notice (PQN) is not subject to the Open Meetings Act and is a courtesy to the </w:t>
-[...5 lines deleted...]
-        <w:t>BOARD, COMMITTEE OR COUNCIL NAME</w:t>
+        <w:t xml:space="preserve">has authority to take will be taken by any members present. The potential quorum notice (PQN) is not subject to the Open Meetings Act and is a courtesy to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC" w:rsidRPr="00050187">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>oard, Committee or Council Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00050187">
-        <w:t xml:space="preserve"> and the public. </w:t>
+        <w:t xml:space="preserve">and the public. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5390217C" w14:textId="77777777" w:rsidR="00050187" w:rsidRDefault="00050187" w:rsidP="000328B3"/>
-    <w:p w14:paraId="44E1C4B6" w14:textId="4F4B3C50" w:rsidR="00050187" w:rsidRPr="00050187" w:rsidRDefault="00050187" w:rsidP="000328B3">
+    <w:p w14:paraId="44E1C4B6" w14:textId="5CF18E08" w:rsidR="00050187" w:rsidRPr="00050187" w:rsidRDefault="00050187" w:rsidP="000328B3">
       <w:r>
         <w:t xml:space="preserve">For any questions regarding the PQN, please contact the </w:t>
       </w:r>
       <w:r w:rsidRPr="00050187">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DEPARTMENT</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>epartment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidRPr="00050187">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>PHONE NUMBER AND EMAIL.</w:t>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00792FDC">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>hone Number and Email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050187">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D81F712" w14:textId="77777777" w:rsidR="00CC1E56" w:rsidRPr="000328B3" w:rsidRDefault="00CC1E56"/>
     <w:p w14:paraId="4DF03372" w14:textId="77777777" w:rsidR="00CC1E56" w:rsidRPr="000328B3" w:rsidRDefault="00CC1E56"/>
     <w:p w14:paraId="12F28850" w14:textId="77777777" w:rsidR="00CC1E56" w:rsidRDefault="00CC1E56"/>
     <w:p w14:paraId="2D618484" w14:textId="77777777" w:rsidR="00814B64" w:rsidRPr="000328B3" w:rsidRDefault="00814B64"/>
     <w:p w14:paraId="7D642E1D" w14:textId="77777777" w:rsidR="00CC1E56" w:rsidRPr="000328B3" w:rsidRDefault="00CC1E56"/>
-    <w:p w14:paraId="074A1290" w14:textId="5AF6A801" w:rsidR="00CC1E56" w:rsidRPr="000328B3" w:rsidRDefault="00CC1E56" w:rsidP="00CC1E56">
+    <w:p w14:paraId="3FB6D3E3" w14:textId="42879323" w:rsidR="00CC1E56" w:rsidRPr="00CC1E56" w:rsidRDefault="00792FDC" w:rsidP="00CC1E56">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk167178861"/>
-      <w:r w:rsidRPr="000328B3">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">POSTED AT CITY HALL AND </w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Posted at City Hall and Online</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CC1E56" w:rsidRPr="00CC1E56">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C1B4719"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="961ADA9E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -922,137 +1008,137 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B011A7"/>
     <w:rsid w:val="000328B3"/>
     <w:rsid w:val="00045860"/>
     <w:rsid w:val="00050187"/>
     <w:rsid w:val="00067D58"/>
     <w:rsid w:val="000959FC"/>
     <w:rsid w:val="000E61F7"/>
     <w:rsid w:val="00153528"/>
     <w:rsid w:val="00155749"/>
     <w:rsid w:val="001E3F59"/>
     <w:rsid w:val="00207714"/>
     <w:rsid w:val="00250E4D"/>
     <w:rsid w:val="002D29CD"/>
     <w:rsid w:val="002D72D2"/>
     <w:rsid w:val="002E7A47"/>
     <w:rsid w:val="003243D7"/>
     <w:rsid w:val="0038590E"/>
     <w:rsid w:val="00394672"/>
     <w:rsid w:val="003B6262"/>
     <w:rsid w:val="004565C6"/>
     <w:rsid w:val="0045734B"/>
     <w:rsid w:val="0047083D"/>
     <w:rsid w:val="00481804"/>
     <w:rsid w:val="004C0FAA"/>
     <w:rsid w:val="004F088A"/>
     <w:rsid w:val="00506F0F"/>
     <w:rsid w:val="0051041B"/>
     <w:rsid w:val="00531259"/>
     <w:rsid w:val="005F01E7"/>
     <w:rsid w:val="006744B3"/>
     <w:rsid w:val="0072794C"/>
     <w:rsid w:val="00730A29"/>
     <w:rsid w:val="00732360"/>
     <w:rsid w:val="00782BCF"/>
+    <w:rsid w:val="00792FDC"/>
     <w:rsid w:val="007C4C84"/>
     <w:rsid w:val="007D7677"/>
     <w:rsid w:val="00814B64"/>
     <w:rsid w:val="008F7D12"/>
     <w:rsid w:val="00966B7D"/>
     <w:rsid w:val="00A107BE"/>
     <w:rsid w:val="00A12260"/>
     <w:rsid w:val="00A37E99"/>
     <w:rsid w:val="00A4664E"/>
     <w:rsid w:val="00A5137D"/>
     <w:rsid w:val="00A636C3"/>
     <w:rsid w:val="00AB0446"/>
     <w:rsid w:val="00AF467D"/>
     <w:rsid w:val="00B011A7"/>
     <w:rsid w:val="00C359C0"/>
     <w:rsid w:val="00CC1E56"/>
     <w:rsid w:val="00CD2976"/>
     <w:rsid w:val="00CF64D2"/>
     <w:rsid w:val="00D1764D"/>
     <w:rsid w:val="00D52CCA"/>
     <w:rsid w:val="00D76C5B"/>
     <w:rsid w:val="00E8430D"/>
     <w:rsid w:val="00F24B08"/>
     <w:rsid w:val="00F31AFC"/>
     <w:rsid w:val="00F6613F"/>
     <w:rsid w:val="00FA0B5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AD568F1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7540334F-A3C1-463F-9673-7D7E48563DB0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -1548,50 +1634,51 @@
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D72D2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
@@ -2190,75 +2277,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>122</Words>
-  <Characters>698</Characters>
+  <Words>118</Words>
+  <Characters>677</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>819</CharactersWithSpaces>
+  <CharactersWithSpaces>794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Diemer, Miriam J.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>21563c40ebe691ac46a5f0a828d69cbc0b07db754ea23b9e17d811757292322c</vt:lpwstr>